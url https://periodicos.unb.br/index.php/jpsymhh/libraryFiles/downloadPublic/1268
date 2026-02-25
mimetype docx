--- v0 (2026-01-05)
+++ v1 (2026-02-25)
@@ -31,60 +31,73 @@
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0CC6A76C" w14:textId="052B6A6C" w:rsidR="0097765C" w:rsidRDefault="007E0AA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0AA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Title in with English </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">whith </w:t>
+        <w:t>whith</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0AA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a maximum of 20 words, centered:</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0AA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t>Subtitle with the first letter capitalized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8692AF" w14:textId="77777777" w:rsidR="007E0AA2" w:rsidRPr="007E0AA2" w:rsidRDefault="007E0AA2">
@@ -250,51 +263,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71976685" w14:textId="3DDF5A52" w:rsidR="00E74FFE" w:rsidRPr="001D7E4B" w:rsidRDefault="00237447" w:rsidP="000B0D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="001D7E4B">
+      <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E74FFE" w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em Arial 12, alinhamento justificado</w:t>
       </w:r>
       <w:r w:rsidR="00E74126" w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidR="00E74FFE" w:rsidRPr="001D7E4B">
         <w:rPr>
@@ -552,81 +565,79 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B61895E" w14:textId="77777777" w:rsidR="000B0D9C" w:rsidRPr="00237447" w:rsidRDefault="000B0D9C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D8AEFEE" w14:textId="77777777" w:rsidR="000B0D9C" w:rsidRPr="00237447" w:rsidRDefault="000B0D9C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2825F85E" w14:textId="77777777" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="006005A1">
+    <w:p w14:paraId="2825F85E" w14:textId="77777777" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="008242B3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006005A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F93D137" w14:textId="79EEC2BE" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="006005A1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006005A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -685,61 +696,60 @@
         <w:t>Topics or subsections in bold and left-aligned</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB0952B" w14:textId="77777777" w:rsidR="00641520" w:rsidRPr="006005A1" w:rsidRDefault="00641520" w:rsidP="00641520">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48845215" w14:textId="77777777" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="006005A1">
+    <w:p w14:paraId="48845215" w14:textId="77777777" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="008242B3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006005A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Method</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174DDB4E" w14:textId="57CBA5FA" w:rsidR="006005A1" w:rsidRPr="006005A1" w:rsidRDefault="006005A1" w:rsidP="006005A1">
@@ -1102,54 +1112,53 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BFA853" w14:textId="77777777" w:rsidR="00CD3DB5" w:rsidRPr="00237447" w:rsidRDefault="00CD3DB5" w:rsidP="001D7E4B">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4443C7CE" w14:textId="77777777" w:rsidR="0083193B" w:rsidRPr="0083193B" w:rsidRDefault="0083193B" w:rsidP="0083193B">
+    <w:p w14:paraId="4443C7CE" w14:textId="77777777" w:rsidR="0083193B" w:rsidRPr="0083193B" w:rsidRDefault="0083193B" w:rsidP="008242B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083193B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Results</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="775503BF" w14:textId="77777777" w:rsidR="0083193B" w:rsidRPr="0083193B" w:rsidRDefault="0083193B" w:rsidP="0083193B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1245,79 +1254,91 @@
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="0083193B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08D348B5" w14:textId="3336E7CE" w:rsidR="0097765C" w:rsidRPr="0083193B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0083193B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tít</w:t>
       </w:r>
       <w:r w:rsidR="0083193B" w:rsidRPr="0083193B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="0083193B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>e of the table</w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083193B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9754" w:type="dxa"/>
         <w:tblInd w:w="-115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4226"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="0083193B" w:rsidRPr="001D7E4B" w14:paraId="71373143" w14:textId="77777777" w:rsidTr="005B1990">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
@@ -1412,307 +1433,487 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A4C12" w:rsidRPr="001D7E4B" w14:paraId="06DAD4E5" w14:textId="77777777" w:rsidTr="005B1990">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4226" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D69CA21" w14:textId="0EEA84B0" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E7C3852" w14:textId="4D8BDA54" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E895DA8" w14:textId="1A13C26E" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A4C12" w:rsidRPr="001D7E4B" w14:paraId="52131A7A" w14:textId="77777777" w:rsidTr="005B1990">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14260706" w14:textId="66D21625" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11E81CA4" w14:textId="00AD2646" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="109F808B" w14:textId="1933BAFE" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A4C12" w:rsidRPr="001D7E4B" w14:paraId="2CBD3B43" w14:textId="77777777" w:rsidTr="005B1990">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="292116DC" w14:textId="6D5F9705" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7576CD83" w14:textId="18167A7A" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69B70164" w14:textId="48C179BA" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A4C12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Table text</w:t>
+              <w:t>Table</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4C12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72973C53" w14:textId="77777777" w:rsidR="0097765C" w:rsidRPr="001D7E4B" w:rsidRDefault="0097765C">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10B3E7C6" w14:textId="0BAFB067" w:rsidR="005B1990" w:rsidRPr="001D7E4B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1732,103 +1933,127 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7BA96B" w14:textId="6FDA174C" w:rsidR="0097765C" w:rsidRPr="001D7E4B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">itle </w:t>
-      </w:r>
+        <w:t>itle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A4C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A4C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D7E4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>figur</w:t>
       </w:r>
       <w:r w:rsidR="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -1880,60 +2105,62 @@
     </w:tbl>
     <w:p w14:paraId="151F1D87" w14:textId="77777777" w:rsidR="0097765C" w:rsidRPr="001D7E4B" w:rsidRDefault="0097765C">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F02CD4B" w14:textId="77777777" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="198A848D" w14:textId="77777777" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Discuss the data in relation to recent findings in the scientific literature. Include in this section the final considerations/conclusions</w:t>
       </w:r>
       <w:r w:rsidRPr="000A4C12">
@@ -1966,203 +2193,309 @@
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301F8B42" w14:textId="77777777" w:rsidR="000A4C12" w:rsidRPr="000A4C12" w:rsidRDefault="000A4C12" w:rsidP="000A4C12">
+    <w:p w14:paraId="4110520F" w14:textId="19CEFF00" w:rsidR="0097765C" w:rsidRPr="008242B3" w:rsidRDefault="000A4C12" w:rsidP="008242B3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Justified alignment, Arial 12 font, 1.5 spacing, and a 0.75 indent on the first line. Follow the American Psychological Association (APA) 7th edition guidelines. References must be listed in alphabetical order. Works by the same author should be ordered by publication year (starting with the oldest). For articles, the DOI is required at the end of the reference. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A4C12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Example:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4110520F" w14:textId="74FB758C" w:rsidR="0097765C" w:rsidRPr="00080542" w:rsidRDefault="0097765C" w:rsidP="00080542">
+        <w:t>Example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A4C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ECC436" w14:textId="4C735862" w:rsidR="00080542" w:rsidRPr="001D7E4B" w:rsidRDefault="00080542" w:rsidP="00080542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080542">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assis, E. N., Loureiro, F. S., Menta, C., Nogueira, E. L., da Silva, I. G., </w:t>
       </w:r>
       <w:r w:rsidR="00083871">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00080542">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">on Gunten, A., &amp; Cataldo, A. (2019). Tradução e adaptação brasileira do Relationship Scales Questionnaire (RSQ). </w:t>
+        <w:t xml:space="preserve">on Gunten, A., &amp; Cataldo, A. (2019). Tradução e adaptação brasileira do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relationship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (RSQ). </w:t>
       </w:r>
       <w:r w:rsidRPr="00080542">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Trends in Psychiatry and Psychotherapy</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Trends in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Psychiatry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080542">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Psychotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00080542">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41, 69–77. </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="003401B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.1590/2237-6089-2018-0032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00080542" w:rsidRPr="001D7E4B" w:rsidSect="00DD6F4C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73B22439" w14:textId="77777777" w:rsidR="0024336D" w:rsidRDefault="0024336D">
+    <w:p w14:paraId="017851F1" w14:textId="77777777" w:rsidR="00AA23C8" w:rsidRDefault="00AA23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B222BB4" w14:textId="77777777" w:rsidR="0024336D" w:rsidRDefault="0024336D">
+    <w:p w14:paraId="23F7D105" w14:textId="77777777" w:rsidR="00AA23C8" w:rsidRDefault="00AA23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2267,51 +2600,74 @@
   <w:p w14:paraId="510CB5E2" w14:textId="77777777" w:rsidR="0097765C" w:rsidRDefault="0097765C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="23622473" w14:textId="77777777" w:rsidR="007A7AAB" w:rsidRPr="00DD6F4C" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+  <w:p w14:paraId="697DCA83" w14:textId="77777777" w:rsidR="008242B3" w:rsidRDefault="008242B3" w:rsidP="007A7AAB">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="23622473" w14:textId="5F480893" w:rsidR="007A7AAB" w:rsidRPr="00DD6F4C" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DD6F4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2385,77 +2741,101 @@
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="071D13F7" w14:textId="77777777" w:rsidR="007A7AAB" w:rsidRPr="00DD6F4C" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DD6F4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>ISSN: 0000-0000</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="798CCB9E" w14:textId="35BAFE21" w:rsidR="0097765C" w:rsidRDefault="0097765C">
+  <w:p w14:paraId="798CCB9E" w14:textId="35BAFE21" w:rsidR="0097765C" w:rsidRPr="008242B3" w:rsidRDefault="0097765C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61B4525D" w14:textId="3F74CBAC" w:rsidR="00DD6F4C" w:rsidRPr="00DD6F4C" w:rsidRDefault="00040098" w:rsidP="00DD6F4C">
+  <w:p w14:paraId="02D5B134" w14:textId="77777777" w:rsidR="008242B3" w:rsidRDefault="008242B3" w:rsidP="00DD6F4C">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="61B4525D" w14:textId="61869381" w:rsidR="00DD6F4C" w:rsidRPr="00DD6F4C" w:rsidRDefault="00040098" w:rsidP="00DD6F4C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DD6F4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2535,331 +2915,350 @@
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DD6F4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>ISSN: 0000-0000</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11D3D143" w14:textId="77777777" w:rsidR="0024336D" w:rsidRDefault="0024336D">
+    <w:p w14:paraId="70799871" w14:textId="77777777" w:rsidR="00AA23C8" w:rsidRDefault="00AA23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22AE5EE0" w14:textId="77777777" w:rsidR="0024336D" w:rsidRDefault="0024336D">
+    <w:p w14:paraId="6379D66D" w14:textId="77777777" w:rsidR="00AA23C8" w:rsidRDefault="00AA23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0A36ECF3" w14:textId="27DC0058" w:rsidR="00237447" w:rsidRDefault="00237447">
+  <w:p w14:paraId="4F10D989" w14:textId="6A306C5E" w:rsidR="008242B3" w:rsidRDefault="008242B3">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E06089C" wp14:editId="389E8E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E06089C" wp14:editId="2E4E1CB1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>1767840</wp:posOffset>
+            <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-274955</wp:posOffset>
+            <wp:posOffset>3810</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2877092" cy="685800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1436400" cy="342000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="1295090268" name="Imagem 6" descr="Interface gráfica do usuário, Texto, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2010142873" name="Imagem 6" descr="Interface gráfica do usuário, Texto, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="3527" t="30038" r="5063" b="37277"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2877092" cy="685800"/>
+                    <a:ext cx="1436400" cy="342000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="0A36ECF3" w14:textId="7627A6A1" w:rsidR="00237447" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="638689728"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r>
+        <w:r w:rsidR="00237447">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00237447">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00237447">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00237447">
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00237447">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="2C1BD3DA" w14:textId="2560B61B" w:rsidR="0097765C" w:rsidRDefault="0097765C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="23C35CDF" w14:textId="30828728" w:rsidR="00E45E95" w:rsidRDefault="0036633F" w:rsidP="001E159C">
+  <w:p w14:paraId="6D47C960" w14:textId="6D461F52" w:rsidR="008242B3" w:rsidRDefault="008242B3" w:rsidP="001E159C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E9F10DF" wp14:editId="2BD7B1E2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E9F10DF" wp14:editId="362C6E0C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>1621790</wp:posOffset>
+            <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-234315</wp:posOffset>
+            <wp:posOffset>-63500</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2877092" cy="685800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1436400" cy="342000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="2010142873" name="Imagem 6" descr="Interface gráfica do usuário, Texto, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2010142873" name="Imagem 6" descr="Interface gráfica do usuário, Texto, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="3527" t="30038" r="5063" b="37277"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2877092" cy="685800"/>
+                    <a:ext cx="1436400" cy="342000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
+  <w:p w14:paraId="23C35CDF" w14:textId="25F96FE3" w:rsidR="00E45E95" w:rsidRDefault="00E45E95" w:rsidP="001E159C">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0097765C"/>
     <w:rsid w:val="00040098"/>
     <w:rsid w:val="00074510"/>
     <w:rsid w:val="00080542"/>
     <w:rsid w:val="00083871"/>
     <w:rsid w:val="000A4C12"/>
     <w:rsid w:val="000B0D9C"/>
     <w:rsid w:val="000C580A"/>
     <w:rsid w:val="0015457D"/>
     <w:rsid w:val="001D7E4B"/>
     <w:rsid w:val="001E159C"/>
     <w:rsid w:val="001E5AA7"/>
     <w:rsid w:val="00237447"/>
     <w:rsid w:val="0024336D"/>
     <w:rsid w:val="002434C4"/>
     <w:rsid w:val="002A2117"/>
     <w:rsid w:val="0036633F"/>
     <w:rsid w:val="003D24A3"/>
+    <w:rsid w:val="00471087"/>
     <w:rsid w:val="00495CED"/>
     <w:rsid w:val="0059065A"/>
     <w:rsid w:val="005B1990"/>
     <w:rsid w:val="006005A1"/>
     <w:rsid w:val="00605B60"/>
     <w:rsid w:val="00633D1C"/>
     <w:rsid w:val="00641520"/>
     <w:rsid w:val="006C15BD"/>
     <w:rsid w:val="00704A18"/>
     <w:rsid w:val="007A7AAB"/>
     <w:rsid w:val="007D0AE5"/>
     <w:rsid w:val="007E0AA2"/>
     <w:rsid w:val="007E2F1C"/>
+    <w:rsid w:val="008242B3"/>
     <w:rsid w:val="0083193B"/>
     <w:rsid w:val="00901EFF"/>
     <w:rsid w:val="009317BF"/>
     <w:rsid w:val="0097765C"/>
     <w:rsid w:val="00A41D4E"/>
     <w:rsid w:val="00AA1862"/>
+    <w:rsid w:val="00AA23C8"/>
     <w:rsid w:val="00B1030A"/>
     <w:rsid w:val="00BB3228"/>
     <w:rsid w:val="00BB7904"/>
     <w:rsid w:val="00BD1335"/>
     <w:rsid w:val="00C61CCB"/>
     <w:rsid w:val="00C81B03"/>
     <w:rsid w:val="00CD3DB5"/>
     <w:rsid w:val="00D26B65"/>
     <w:rsid w:val="00DD6F4C"/>
     <w:rsid w:val="00E45E95"/>
     <w:rsid w:val="00E74126"/>
     <w:rsid w:val="00E74FFE"/>
     <w:rsid w:val="00F74D09"/>
     <w:rsid w:val="00F80538"/>
     <w:rsid w:val="00FC731F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4321,64 +4720,64 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhTBgw0/lJ2Zsst9yI+kJCKnGrNBg==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGwyCWguMWZvYjl0ZTIJaC4zem55c2g3OAByITFERXQ5QnBJaXg5aF80c3ZtcEhaTXRmYml4N2ZwY095Tw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>621</Words>
-  <Characters>3355</Characters>
+  <Characters>3354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3969</CharactersWithSpaces>
+  <CharactersWithSpaces>3968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rodrigo Rodrigues</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>